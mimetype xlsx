--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -37,51 +37,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Uganda Civil Aviation Authority Procurement Plan for 2025-2026</t>
   </si>
   <si>
     <t>RecordNo</t>
   </si>
   <si>
     <t>Group/Category</t>
   </si>
   <si>
     <t>Estimated Amount in UGX</t>
   </si>
   <si>
     <t>Exchange Rate (IF NOT UGANDA)</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>Accomodation and conference facilities</t>
   </si>
   <si>
-    <t>96,000,000.00</t>
+    <t>190,000,000.00</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>UGX</t>
   </si>
   <si>
     <t>Automation control devices and components and accessories</t>
   </si>
   <si>
     <t>1,080,000,000.00</t>
   </si>
   <si>
     <t>Office equipment, stationery and consumables</t>
   </si>
   <si>
     <t>19,500,000.00</t>
   </si>
   <si>
     <t>Subscriptions</t>
   </si>
   <si>
     <t>160,000,000.00</t>
   </si>
@@ -157,51 +157,51 @@
   <si>
     <t>7,937,663,000.00</t>
   </si>
   <si>
     <t>Land and Property Development Services</t>
   </si>
   <si>
     <t>4,900,000,000.00</t>
   </si>
   <si>
     <t>ICT Hardware and Software Solutions</t>
   </si>
   <si>
     <t>14,202,510,187.00</t>
   </si>
   <si>
     <t>Hotels and lodging and meeting facilities</t>
   </si>
   <si>
     <t>250,000,000.00</t>
   </si>
   <si>
     <t>Other Categories</t>
   </si>
   <si>
-    <t>63,216,454,358.00</t>
+    <t>63,566,454,358.00</t>
   </si>
   <si>
     <t>Tyres, tubes and batteries</t>
   </si>
   <si>
     <t>4,470,349,351.00</t>
   </si>
   <si>
     <t>Motor vehicle,motorcycle repair and maintanance</t>
   </si>
   <si>
     <t>1,332,545,120.00</t>
   </si>
   <si>
     <t>Cleaning and janitorial services</t>
   </si>
   <si>
     <t>7,000,000,000.00</t>
   </si>
   <si>
     <t>Equipment Maintenance, Servicing and Repairs</t>
   </si>
   <si>
     <t>2,350,000,000.00</t>
   </si>
@@ -292,51 +292,51 @@
   <si>
     <t>Research, Training and capacity building services</t>
   </si>
   <si>
     <t>175,000,000.00</t>
   </si>
   <si>
     <t>Sports equipment and accessories</t>
   </si>
   <si>
     <t>250,950,000.00</t>
   </si>
   <si>
     <t>Healthcare, Medical and Clinical Services</t>
   </si>
   <si>
     <t>2,789,000,000.00</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>235,883,610,649.00</t>
+    <t>236,327,610,649.00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>